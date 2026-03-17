--- v0 (2026-01-22)
+++ v1 (2026-03-17)
@@ -44,195 +44,195 @@
   <si>
     <t>Current Residents</t>
   </si>
   <si>
     <t>New Admissions Current Month</t>
   </si>
   <si>
     <t>New Admissions Last Month</t>
   </si>
   <si>
     <t>Last Admission Date</t>
   </si>
   <si>
     <t>Latest Activity Date</t>
   </si>
   <si>
     <t>Women</t>
   </si>
   <si>
     <t>Children</t>
   </si>
   <si>
     <t>Attock</t>
   </si>
   <si>
-    <t>17-01-2026</t>
-[...2 lines deleted...]
-    <t>21-01-2026</t>
+    <t>11-03-2026</t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
   </si>
   <si>
     <t>Bahawalnagar</t>
   </si>
   <si>
-    <t>20-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Bahawalpur</t>
   </si>
   <si>
-    <t>19-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Bhakkar</t>
   </si>
   <si>
+    <t>14-03-2026</t>
+  </si>
+  <si>
     <t>Chakwal</t>
   </si>
   <si>
     <t>Chiniot</t>
   </si>
   <si>
-    <t>14-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>D.G.Khan</t>
   </si>
   <si>
+    <t>12-03-2026</t>
+  </si>
+  <si>
     <t>28-01-2028</t>
   </si>
   <si>
     <t>Faisalabad</t>
   </si>
   <si>
-    <t>10-01-2026</t>
-[...2 lines deleted...]
-    <t>12-01-2026</t>
+    <t>10-03-2026</t>
   </si>
   <si>
     <t>Gujranwala</t>
   </si>
   <si>
     <t>Gujrat</t>
   </si>
   <si>
-    <t>29-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Hafizabad</t>
   </si>
   <si>
+    <t>17-03-2026</t>
+  </si>
+  <si>
     <t>Jhang</t>
   </si>
   <si>
     <t>Jhelum</t>
   </si>
   <si>
     <t>Kasur</t>
   </si>
   <si>
     <t>Khanewal</t>
   </si>
   <si>
     <t>Khushab</t>
   </si>
   <si>
-    <t>13-01-2026</t>
-[...2 lines deleted...]
-    <t>31-01-2026</t>
+    <t>09-03-2026</t>
   </si>
   <si>
     <t>Lahore</t>
   </si>
   <si>
     <t>Layyah</t>
   </si>
   <si>
     <t>Lodharan</t>
   </si>
   <si>
     <t>24-11-2026</t>
   </si>
   <si>
     <t>Mandibahauddin</t>
   </si>
   <si>
+    <t>13-03-2026</t>
+  </si>
+  <si>
     <t>Mianwali</t>
   </si>
   <si>
-    <t>16-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Multan</t>
   </si>
   <si>
     <t>Muzaffargarh</t>
   </si>
   <si>
     <t>Nankana Sahib</t>
   </si>
   <si>
     <t>Narowal</t>
   </si>
   <si>
     <t>Okara</t>
   </si>
   <si>
+    <t>15-03-2026</t>
+  </si>
+  <si>
     <t>Pakpattan</t>
   </si>
   <si>
     <t>RahimYarKhan</t>
   </si>
   <si>
     <t>Rajanpur</t>
   </si>
   <si>
+    <t>07-03-2026</t>
+  </si>
+  <si>
     <t>Rawalpindi</t>
   </si>
   <si>
-    <t>18-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Sahiwal</t>
   </si>
   <si>
     <t>29-09-9021</t>
   </si>
   <si>
     <t>Sargodha</t>
   </si>
   <si>
+    <t>26-03-2026</t>
+  </si>
+  <si>
     <t>Sheikhupura</t>
   </si>
   <si>
     <t>14-12-2026</t>
   </si>
   <si>
     <t>Sialkot</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
   </si>
   <si>
     <t>TobaTekSingh</t>
   </si>
   <si>
     <t>Vehari</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -601,1192 +601,1192 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="H3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I3" t="s">
         <v>10</v>
       </c>
       <c r="J3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D4">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E4">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G4">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H4">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E5">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F5">
         <v>5</v>
       </c>
       <c r="G5">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H5">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="I5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="J5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G6">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="H6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="J6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E7">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="H7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="J7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G8">
+        <v>18</v>
+      </c>
+      <c r="H8">
+        <v>3</v>
+      </c>
+      <c r="I8" t="s">
         <v>10</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9">
+        <v>2</v>
+      </c>
+      <c r="D9">
+        <v>0</v>
+      </c>
+      <c r="E9">
+        <v>10</v>
+      </c>
+      <c r="F9">
+        <v>0</v>
+      </c>
+      <c r="G9">
+        <v>13</v>
+      </c>
+      <c r="H9">
+        <v>0</v>
+      </c>
+      <c r="I9" t="s">
+        <v>19</v>
+      </c>
+      <c r="J9" t="s">
         <v>20</v>
-      </c>
-[...22 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10">
+        <v>13</v>
+      </c>
+      <c r="D10">
+        <v>3</v>
+      </c>
+      <c r="E10">
+        <v>8</v>
+      </c>
+      <c r="F10">
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>21</v>
+      </c>
+      <c r="H10">
+        <v>5</v>
+      </c>
+      <c r="I10" t="s">
         <v>22</v>
       </c>
-      <c r="C10">
-[...19 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C11">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E11">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F11">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G11">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="J11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D12">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E12">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G12">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H12">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I12" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C13">
+        <v>2</v>
+      </c>
+      <c r="D13">
+        <v>0</v>
+      </c>
+      <c r="E13">
+        <v>3</v>
+      </c>
+      <c r="F13">
+        <v>1</v>
+      </c>
+      <c r="G13">
         <v>7</v>
       </c>
-      <c r="D13">
-[...10 lines deleted...]
-      </c>
       <c r="H13">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="J13" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D14">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E14">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G14">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="H14">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F15">
         <v>2</v>
       </c>
       <c r="G15">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H15">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I15" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="J15" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C16">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D16">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E16">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G16">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I16" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="J16" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C17">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E17">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G17">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="H17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D18">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E18">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G18">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="H18">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="I18" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="J18" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D19">
         <v>4</v>
       </c>
       <c r="E19">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F19">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G19">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="H19">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E20">
         <v>12</v>
       </c>
       <c r="F20">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G20">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I20" t="s">
         <v>11</v>
       </c>
       <c r="J20" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C21">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E21">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F21">
+        <v>4</v>
+      </c>
+      <c r="G21">
+        <v>24</v>
+      </c>
+      <c r="H21">
         <v>5</v>
       </c>
-      <c r="G21">
-[...4 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J21" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C22">
+        <v>5</v>
+      </c>
+      <c r="D22">
+        <v>2</v>
+      </c>
+      <c r="E22">
+        <v>8</v>
+      </c>
+      <c r="F22">
+        <v>3</v>
+      </c>
+      <c r="G22">
+        <v>12</v>
+      </c>
+      <c r="H22">
         <v>6</v>
       </c>
-      <c r="D22">
-[...13 lines deleted...]
-      </c>
       <c r="I22" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="J22" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D23">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E23">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G23">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="H23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I23" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="J23" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C24">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D24">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E24">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="F24">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="G24">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="H24">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I24" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="J24" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D25">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E25">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F25">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G25">
+        <v>13</v>
+      </c>
+      <c r="H25">
         <v>12</v>
       </c>
-      <c r="H25">
-[...1 lines deleted...]
-      </c>
       <c r="I25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D26">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E26">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F26">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G26">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H26">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I26" t="s">
         <v>19</v>
       </c>
       <c r="J26" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C27">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D27">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="H27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I27" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="J27" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C28">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D28">
         <v>2</v>
       </c>
       <c r="E28">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F28">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G28">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="H28">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I28" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="J28" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C29">
+        <v>6</v>
+      </c>
+      <c r="D29">
+        <v>0</v>
+      </c>
+      <c r="E29">
         <v>8</v>
       </c>
-      <c r="D29">
-[...4 lines deleted...]
-      </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
       <c r="J29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C30">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D30">
         <v>4</v>
       </c>
       <c r="E30">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F30">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G30">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H30">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I30" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="J30" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C31">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E31">
+        <v>3</v>
+      </c>
+      <c r="F31">
+        <v>0</v>
+      </c>
+      <c r="G31">
         <v>7</v>
       </c>
-      <c r="F31">
-[...4 lines deleted...]
-      </c>
       <c r="H31">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I31" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="J31" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C32">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E32">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="F32">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G32">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H32">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I32" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="J32" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C33">
         <v>14</v>
       </c>
       <c r="D33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E33">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G33">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H33">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I33" t="s">
         <v>11</v>
       </c>
       <c r="J33" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C34">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D34">
+        <v>1</v>
+      </c>
+      <c r="E34">
+        <v>8</v>
+      </c>
+      <c r="F34">
+        <v>2</v>
+      </c>
+      <c r="G34">
+        <v>33</v>
+      </c>
+      <c r="H34">
         <v>7</v>
       </c>
-      <c r="E34">
-[...10 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="J34" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
+        <v>55</v>
+      </c>
+      <c r="C35">
+        <v>11</v>
+      </c>
+      <c r="D35">
+        <v>1</v>
+      </c>
+      <c r="E35">
+        <v>9</v>
+      </c>
+      <c r="F35">
+        <v>1</v>
+      </c>
+      <c r="G35">
+        <v>21</v>
+      </c>
+      <c r="H35">
+        <v>6</v>
+      </c>
+      <c r="I35" t="s">
+        <v>11</v>
+      </c>
+      <c r="J35" t="s">
         <v>56</v>
-      </c>
-[...22 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
+        <v>57</v>
+      </c>
+      <c r="C36">
+        <v>5</v>
+      </c>
+      <c r="D36">
+        <v>0</v>
+      </c>
+      <c r="E36">
+        <v>5</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
+      </c>
+      <c r="G36">
+        <v>14</v>
+      </c>
+      <c r="H36">
+        <v>7</v>
+      </c>
+      <c r="I36" t="s">
+        <v>19</v>
+      </c>
+      <c r="J36" t="s">
         <v>58</v>
-      </c>
-[...22 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>59</v>
       </c>
       <c r="C37">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F37">
         <v>3</v>
       </c>
       <c r="G37">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H37">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
       <c r="J37" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>60</v>
       </c>
       <c r="C38">
+        <v>18</v>
+      </c>
+      <c r="D38">
         <v>7</v>
       </c>
-      <c r="D38">
-[...1 lines deleted...]
-      </c>
       <c r="E38">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F38">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G38">
         <v>26</v>
       </c>
       <c r="H38">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I38" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="J38" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>